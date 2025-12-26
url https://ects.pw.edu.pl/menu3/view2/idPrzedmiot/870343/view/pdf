--- v0 (2025-11-01)
+++ v1 (2025-12-26)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W12, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1331,51 +1331,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U16, K_U17, K_U18, K_U19, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U04, K_U05, K_U16, K_U17, K_U18, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1401,51 +1401,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21, K_U01, K_U02, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>