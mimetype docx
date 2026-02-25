--- v1 (2025-12-26)
+++ v2 (2026-02-25)
@@ -971,51 +971,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W11, K_W12, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13</w:t>
+        <w:t xml:space="preserve">K_W12, K_W13, K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1331,51 +1331,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U04, K_U05, K_U16, K_U17, K_U18, K_U19</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U16, K_U17, K_U18, K_U19, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>