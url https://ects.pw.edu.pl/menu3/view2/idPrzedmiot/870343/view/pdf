--- v2 (2026-02-25)
+++ v3 (2026-03-21)
@@ -1041,51 +1041,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W13, K_W01, K_W05, K_W07, K_W08, K_W09, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W11, K_W12, K_W13, K_W01, K_W05, K_W07, K_W08, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1401,51 +1401,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U01, K_U02, K_U03, K_U11, K_U12, K_U13, K_U15, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>