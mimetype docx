--- v0 (2025-10-30)
+++ v1 (2025-12-26)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratoria 1, 2 i 3, projekt 1, 2, 3 i 4, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>