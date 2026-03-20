--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -786,51 +786,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratoria 1, 2 i 3, projekt 1, 2, 3 i 4, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1006,51 +1006,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratoria 1, 2 i 3, projekt 2 i 3, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U18, K_U21</w:t>
+        <w:t xml:space="preserve">K_U18, K_U21, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>