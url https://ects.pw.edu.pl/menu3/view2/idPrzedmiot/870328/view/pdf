--- v0 (2025-10-30)
+++ v1 (2026-03-22)
@@ -722,50 +722,120 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka prus_w04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">potrafi: zaprojektować i przetestować poprawność realizacji systemu cyfrowego z filtrem cyfrowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">potrafi: zamodelować projekt w języku opisu sprzętu HDL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -785,128 +855,338 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka prus_w04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka prus_w05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi: zaprojektować i przetestować poprawność realizacji systemu cyfrowego z filtrem cyfrowym</w:t>
+        <w:t xml:space="preserve">potrafi: zaprojektować system mikroprocesorowy typu SoPC i wskazać ograniczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi: wskazać możliwość użycia wbudowanych bloków funkcjonalnych (pamięć, mnożarka, sygnały przeniesień,…)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi: ocenić łatwość i czas realizacji projektu z użyciem układów cpld/fpga i narzędzi wspomagających projektowanie cad</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi: opisać założenia projektowe systemu cyfrowego z uwzględnieniem techniki projektowania w układach reprogramowalnych przez użytkownika cpld/fpga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka prus_w05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka prus_w07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi: wskazać możliwość użycia wbudowanych bloków funkcjonalnych (pamięć, mnożarka, sygnały przeniesień,…)</w:t>
+        <w:t xml:space="preserve">potraf: ocenić jakość realizacji programu dla systemu wbudowanego typu SoPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -925,512 +1205,232 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka prus_w05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka prus_w07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi: zaprojektować system mikroprocesorowy typu SoPC i wskazać ograniczenia</w:t>
+        <w:t xml:space="preserve">potrafi: wskazać metody zwiększania wydajności systemu wbudowanego – zrównoleglenie, instrukcje i komponenty użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi: zaprojektować program testujący weryfikujący założenia projektowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka prus_w07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi: wskazać ograniczenia w algorytmach przetwarzania informacji i zaproponować realizację w układach reprogramowalnych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W12</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>