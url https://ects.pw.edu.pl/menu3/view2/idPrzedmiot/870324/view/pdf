--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W12, K_W15</w:t>
+        <w:t xml:space="preserve">K_W15, K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1258,51 +1258,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U18, K_U19, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U08, K_U18, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1468,51 +1468,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>