--- v1 (2025-12-25)
+++ v2 (2026-02-26)
@@ -828,51 +828,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W15, K_W09, K_W12</w:t>
+        <w:t xml:space="preserve">K_W09, K_W12, K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U16, K_U17, K_U19</w:t>
+        <w:t xml:space="preserve">K_U16, K_U17, K_U19, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1468,51 +1468,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>