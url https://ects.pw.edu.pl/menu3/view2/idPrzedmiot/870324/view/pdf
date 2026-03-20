--- v2 (2026-02-26)
+++ v3 (2026-03-20)
@@ -1048,51 +1048,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16, K_U17, K_U19, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U16, K_U17, K_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1118,51 +1118,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U08, K_U11, K_U19</w:t>
+        <w:t xml:space="preserve">K_U08, K_U11, K_U19, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>