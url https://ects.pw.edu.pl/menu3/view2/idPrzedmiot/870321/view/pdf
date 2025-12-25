--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -751,481 +751,481 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OZT_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma podstawową uporządkowaną wiedzę w zakresie działania planarnych elementów i urządzeń optoelektronicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OZT_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OZT_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową uporządkowaną wiedzę w zakresie działania planarnych elementów i urządzeń optoelektronicznych</w:t>
+        <w:t xml:space="preserve">ma podstawową, uporządkowaną wiedzę w zakresie materiałów, technologii i projektowania elementów i struktur optyki zintegrowanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OZT_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OZT_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową, uporządkowaną wiedzę w zakresie materiałów, technologii i projektowania elementów i struktur optyki zintegrowanej</w:t>
+        <w:t xml:space="preserve">ma podstawową, uporzadkowaną wiedzę dotyczacą kierunków rozwoju i obszarów zastosowania optyki zintegrowanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06, K_W07, K_W13</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OZT_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OZT_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma podstawową, uporzadkowaną wiedzę dotyczacą kierunków rozwoju i obszarów zastosowania optyki zintegrowanej</w:t>
+        <w:t xml:space="preserve">potrafi sformułować warunki propagacji promieniowania w światłowodzie planarnym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka OZT_U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka OZT_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi sformułować warunki propagacji promieniowania w światłowodzie planarnym</w:t>
+        <w:t xml:space="preserve">potrafi opisać zasadę działania i parametry pasywnych i aktywnych elementów optyki zintegrowanej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U08, K_U12</w:t>
+        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka OZT_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka OZT_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi opisać zasadę działania i parametry pasywnych i aktywnych elementów optyki zintegrowanej</w:t>
+        <w:t xml:space="preserve">posiada umiejetność doboru i wykorzystania podzespołów optyki zintegrowanej do wybranych zastosowań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U03, K_U04, K_U08, K_U10</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U11, K_U13, K_U14, K_U03, K_U04, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U14, K_U03, K_U04, K_U07, K_U08, K_U11, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>