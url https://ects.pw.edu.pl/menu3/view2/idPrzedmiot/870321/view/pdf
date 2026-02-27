--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -751,51 +751,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06, K_W07, K_W13, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W06, K_W07, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1181,51 +1181,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U03, K_U04, K_U07, K_U08, K_U11, K_U13</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U07, K_U08, K_U11, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>