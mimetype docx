--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W06, K_W07, K_W13</w:t>
+        <w:t xml:space="preserve">K_W07, K_W13, K_W14, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>