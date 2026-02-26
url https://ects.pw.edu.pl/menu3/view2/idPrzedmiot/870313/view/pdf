--- v0 (2025-12-26)
+++ v1 (2026-02-26)
@@ -790,50 +790,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy transmisji sygnałów analogowych i cyfrowych na większe odległości; potrafi sformułować podstawowe różnice między torem symetrycznym i asymetrycznym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi rozróżnić typy przerzutników (bi- mono- i astabilne) i ich podstawowe właściwości . Potrafi podać przykłady przerzutników tranzystorowych i scalonych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -853,652 +923,582 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy transmisji sygnałów analogowych i cyfrowych na większe odległości; potrafi sformułować podstawowe różnice między torem symetrycznym i asymetrycznym.</w:t>
+        <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować i projektować podstawowe konfiguracje tranzystorowe (konfiguracje elementarne WE, WB, WK)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układ (wzmacniacz) różnicowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układ (wzmacniacz) różnicowy</w:t>
+        <w:t xml:space="preserve">Student potrafi zastosować i zaprojektować klucze nasycony (z BJT), klucz MOS, klucz prądowy; potrafi dobrać rozwiązanie w zależności od potrzeb. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układowe źródła prądowe; umie dobrać rozwiązanie w zależności od stawianych wymagań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy związane z budową wzmacniaczy mocy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układowe źródła prądowe; umie dobrać rozwiązanie w zależności od stawianych wymagań</w:t>
+        <w:t xml:space="preserve">Student potrafi przeanalizować i zaprojektować proste przetwornice indukcyjne i bezindukcyjne (wybrane struktury)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować stabilizatory napięcia o pracy ciągłej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W12</w:t>
-      </w:r>
-[...418 lines deleted...]
-        <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>