--- v1 (2026-02-26)
+++ v2 (2026-03-19)
@@ -790,138 +790,488 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi rozróżnić typy przerzutników (bi- mono- i astabilne) i ich podstawowe właściwości . Potrafi podać przykłady przerzutników tranzystorowych i scalonych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy transmisji sygnałów analogowych i cyfrowych na większe odległości; potrafi sformułować podstawowe różnice między torem symetrycznym i asymetrycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - dyskusja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_04+: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi rozróżnić typy przerzutników (bi- mono- i astabilne) i ich podstawowe właściwości . Potrafi podać przykłady przerzutników tranzystorowych i scalonych. </w:t>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układowe źródła prądowe; umie dobrać rozwiązanie w zależności od stawianych wymagań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi sformułować podstawowe problemy związane z budową wzmacniaczy mocy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować stabilizatory napięcia o pracy ciągłej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi zastosować i zaprojektować klucze nasycony (z BJT), klucz MOS, klucz prądowy; potrafi dobrać rozwiązanie w zależności od potrzeb. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -930,85 +1280,85 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student potrafi analizować i stosować w układach przesuwniki poziomu. Potrafi dobrać układ/obwód do konwersji poziomów logicznych różnych rodzin bramek cyfrowych</w:t>
+        <w:t xml:space="preserve">Student potrafi przeanalizować i zaprojektować proste przetwornice indukcyjne i bezindukcyjne (wybrane struktury)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">wykład - dyskusja</w:t>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1071,400 +1421,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować układ (wzmacniacz) różnicowy</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">Student potrafi analizować, projektować i modyfikować stabilizatory napięcia o pracy ciągłej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>