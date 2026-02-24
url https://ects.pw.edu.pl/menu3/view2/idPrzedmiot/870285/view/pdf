--- v0 (2025-11-02)
+++ v1 (2026-02-24)
@@ -820,51 +820,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1110,51 +1110,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U02, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>