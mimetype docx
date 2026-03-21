--- v1 (2026-02-24)
+++ v2 (2026-03-21)
@@ -960,201 +960,201 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka CYPS_W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka CYPS_U_06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość podstawowych metod czasowo-częstotliwościowej analizy sygnałów niestacjonarnych.</w:t>
+        <w:t xml:space="preserve">Potrafi analizować proste struktury filtrów pod kątem ich odporności na szumy kwantyzacji </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W10</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U15, K_U02, K_U11</w:t>
+        <w:t xml:space="preserve">K_U02, K_U11, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>