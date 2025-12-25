--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -941,50 +941,190 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi pojęciami i twierdzeniami algebry liniowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie rozwiązywać równania liniowe, badać podstawowe własności przestrzeni liniowych i przekształceń liniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi pojęciami i prawami logiki matematycznej i teorii mnogości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1012,190 +1152,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi strukturami algebraicznymi</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">Umie rozwiązywać równania liniowe, badać podstawowe własności przestrzeni liniowych i przekształceń liniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>