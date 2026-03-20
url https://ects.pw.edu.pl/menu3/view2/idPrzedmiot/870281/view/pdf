--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -721,50 +721,190 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe struktury algebraiczne ; zna podstawowe przykłady ilustrujące poznane struktury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia algebry liniowej, rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia logiki matematycznej i teorii mnogości , rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -776,200 +916,200 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe struktury algebraiczne ; zna podstawowe przykłady ilustrujące poznane struktury</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi pojęciami i prawami logiki matematycznej i teorii mnogości</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T1A_W01: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe definicje i twierdzenia algebry liniowej, rozumie pojęcie istotności założeń w poznanych twierdzeniach; zna podstawowe przykłady ilustrujące poznane pojęcia</w:t>
+        <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi strukturami algebraicznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...8 lines deleted...]
-      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi pojęciami i twierdzeniami algebry liniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
@@ -1012,190 +1152,50 @@
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T1A_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie rozwiązywać równania liniowe, badać podstawowe własności przestrzeni liniowych i przekształceń liniowych</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">Umie posługiwać się, w różnych kontekstach, podstawowymi strukturami algebraicznymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>