--- v0 (2025-10-31)
+++ v1 (2026-02-24)
@@ -708,50 +708,400 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić na czym polega metastabilność przerzutników. Zna przykładowe realizacje przerzutników z elementami o rezystancji ujemnej. Zna ogólny opis przerzutnika w ujęciu ujemnorezystancyjnym. Zna podstawy klasycznej teorii metastabilności oraz ujęcie alternatywne – ujemnorezystancyjną teorię metastabilności (teoria tremoru). Ma możliwość zaobserwowania rzeczywistego tremoru/metastabilności na oscyloskopie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dyskusja, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna metody redukowania metastabilności z podziałem technik; zna wady i zalety poszczególnych metod.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dyskusja, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna podstawowe zjawiska propagacyjne w liniach długich, odbicia. Zna podstawy teoretyczne reflektometrii czasowej − techniki rozpoznawania zaburzeń w linii długiej: odległość od przeszkody, typ/charakter przeszkody (zwarcie, rozwarcie, oporność, pojemność, indukcyjność, obwody złożone). Potrafi wyjaśnić wpływ naskórkowości na  linię długą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna problemy występujące w praktyce szybkiej techniki impulsowej − problemy z pomiarami oscyloskopem, stosowanie sond, typy sond, wpływ elementów pasożytniczych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">dyskusja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wyjaśnić sposób pracy typowego generatora LC w ujęciu impulsowym. Potrafi określić mechanizmy ograniczania i stabilizacji amplitudy. Zna technikę przybliżonego projektowania i uruchamiania generatora LC. Zna budowę przykładowego generatora LC o złożonej strukturze i  uproszczonej technice projektowania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_W04+: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student potrafi zaprojektować wzmacniacz szerokopasmowy i oszacować jego wlaściwości; wie, jaki problemy wiążą się z przenoszeniem składowej stałej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -1093,400 +1443,50 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
-      </w:r>
-[...348 lines deleted...]
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>