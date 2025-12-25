--- v0 (2025-11-22)
+++ v1 (2025-12-25)
@@ -774,87 +774,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W02, K_W03, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat mechanizmów zapewniających wydajną komunikację między urządzeniami peryferyjnymi i jądrem systemu oraz aplikacjami użytkownika</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat mechanizmów zapewniających wydajną komunikację między urządzeniami peryferyjnymi i jądrem systemu oraz aplikacjami użytkownika</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat mechanizmów zapewniających właściwą synchronizację wątków przy obsłudze przerwań oraz w systemach wieloprocesorowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -873,592 +943,522 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat mechanizmów zapewniających właściwą synchronizację wątków przy obsłudze przerwań oraz w systemach wieloprocesorowych</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o mechanizmach ochrony oraz mechanizmach zarządzania pamięcią oraz  sposobach ich wykorzystania przy tworzeniu sterowników urządzeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę o typowych magistralach wejścia/wyjścia we współczesnych komputerach i systemach wbudowanych i o zasadach tworzenia sterowników urządzeń podłączonych do tych magistral</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o mechanizmach ochrony oraz mechanizmach zarządzania pamięcią oraz  sposobach ich wykorzystania przy tworzeniu sterowników urządzeń</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę o narzędziach umożliwiających efektywne testowanie i uruchamianie kodu sterowników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o typowych magistralach wejścia/wyjścia we współczesnych komputerach i systemach wbudowanych i o zasadach tworzenia sterowników urządzeń podłączonych do tych magistral</w:t>
+        <w:t xml:space="preserve">Potrafi studiować literaturę i dokumentację zarówno polskojęzyczną, jak i anglojęzyczną w celu uzupełnienia wiedzy </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę o narzędziach umożliwiających efektywne testowanie i uruchamianie kodu sterowników</w:t>
+        <w:t xml:space="preserve">Potrafi skorzystać z forów i list dyskusyjnych w celu uzyskania wiedzy wykraczającej poza dokumentację i literaturę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W06</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi studiować literaturę i dokumentację zarówno polskojęzyczną, jak i anglojęzyczną w celu uzupełnienia wiedzy </w:t>
+        <w:t xml:space="preserve">Potrafi analizować kod jądra systemu i istniejących sterowników w celu właściwego wyboru rozwiązań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi skorzystać z forów i list dyskusyjnych w celu uzyskania wiedzy wykraczającej poza dokumentację i literaturę</w:t>
+        <w:t xml:space="preserve">Potrafi wybrać właściwe rozwiązania do realizacji kodu projektowanego sterownika, potrafi go zaimplementować i uruchomić</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U12</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">K_U07, K_U08, K_U10, K_U13</w:t>
+        <w:t xml:space="preserve">K_U10, K_U13, K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>