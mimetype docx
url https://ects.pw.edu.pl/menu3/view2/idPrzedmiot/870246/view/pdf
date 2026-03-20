--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -774,51 +774,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W02, K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03, K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1274,51 +1274,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1414,51 +1414,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt, omówienie projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U10, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>