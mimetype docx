--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -1251,121 +1251,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium laboratoryjne, raport z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U08, K_U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ESO_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi scharakteryzować parametry toru światłowodowego, a w szczególności: 1. zmierzyć właściwości propagacyjne złożonego toru światłowodowego przy użyciu reflektometru i wyznaczyć tłumienności jego poszczególnych części, 2. zbadać zależność tłumienia światłowodu od jego promienia zagięcia, 3. zmierzyć charakterystykę spektralną tłumienności pasywnego i aktywnego włókna światłowodowego przy użyciu analizatora widma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium laboratoryjne, raport z zajęć laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U08, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>