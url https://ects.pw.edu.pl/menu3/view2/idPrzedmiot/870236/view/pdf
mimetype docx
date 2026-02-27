--- v1 (2025-12-25)
+++ v2 (2026-02-27)
@@ -1251,191 +1251,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium laboratoryjne, raport z zajęć laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ESO_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi scharakteryzować parametry toru światłowodowego, a w szczególności: 1. zmierzyć właściwości propagacyjne złożonego toru światłowodowego przy użyciu reflektometru i wyznaczyć tłumienności jego poszczególnych części, 2. zbadać zależność tłumienia światłowodu od jego promienia zagięcia, 3. zmierzyć charakterystykę spektralną tłumienności pasywnego i aktywnego włókna światłowodowego przy użyciu analizatora widma.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium laboratoryjne, raport z zajęć laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ESO_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student potrafi wykorzystać zjawisko interferencji i dyfrakcji do precyzyjnych pomiarów, a w szczególności: 1. dokonać precyzyjnych pomiarów zmiany odległości używając interferometr Michelsona, 2. zmierzyć średnicę cienkich drutów wykorzystując zjawisko dyfrakcji promieniowania świetlnego, 3. zbadać termiczne zmiany długości rezonatora lasera He-Ne za pomocą przestrajanego interferometru Fabry-Perot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium laboratoryjne, raport z zajęć laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U07</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U07, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>