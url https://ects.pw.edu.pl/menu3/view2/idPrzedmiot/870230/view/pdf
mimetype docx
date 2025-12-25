--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -1112,51 +1112,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>