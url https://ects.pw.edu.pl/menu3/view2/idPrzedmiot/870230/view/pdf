--- v2 (2026-02-25)
+++ v3 (2026-03-20)
@@ -928,50 +928,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TA2_W02, TA2_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">posiada wiedzę z zakresu metod i algorytmów przetwarzania obrazów i struktur 3D</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TA2_W02, TA2_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę w zakresie  modeli i standardów zapisu i kompresji danych cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -983,180 +1053,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka TA2_W02, TA2_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">posiada wiedzę z zakresu metod i algorytmów przetwarzania obrazów i struktur 3D</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność w zakresie tworzenia aplikacji do akwizycji, przetwarzania i obrazowania obrazów trójwymiarowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U13, K_U14, K_U15, K_U01, K_U07, K_U08, K_U09, K_U10, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>