--- v0 (2025-11-21)
+++ v1 (2025-12-25)
@@ -1117,51 +1117,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U01, K_U11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>