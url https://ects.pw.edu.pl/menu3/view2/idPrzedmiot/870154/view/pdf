--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -792,51 +792,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1152,51 +1152,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U13, K_U15, K_U16, K_U01, K_U07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U10, K_U13, K_U15, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>