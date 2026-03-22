--- v1 (2026-02-27)
+++ v2 (2026-03-22)
@@ -792,51 +792,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -862,51 +862,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W01, K_W02, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>