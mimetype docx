--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -749,51 +749,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1179,51 +1179,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14</w:t>
+        <w:t xml:space="preserve">K_U14, K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>