--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -925,50 +925,120 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod i algorytmów wykrywania krawędzi i segmentacji krawędziowej; segmentacji obszarowej, analizy i segmentacji tekstur</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę w zakresie dwuwymiarowej filtracji cyfrowej obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -988,58 +1058,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka T2A_W01, T2A_W04, T2A_W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka T2A_W04, T2A_W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod i algorytmów wykrywania krawędzi i segmentacji krawędziowej; segmentacji obszarowej, analizy i segmentacji tekstur</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod opisu kształtu obiektów 2D; deskryptorów geometrycznych, Fouriera, kodów łańcuchowych i podstaw algorytmów klasyfikacji obiektów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1050,180 +1120,110 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka T2A_W04, T2A_W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie metod opisu kształtu obiektów 2D; deskryptorów geometrycznych, Fouriera, kodów łańcuchowych i podstaw algorytmów klasyfikacji obiektów</w:t>
+        <w:t xml:space="preserve">Umiejętność zaprogramowania głównych algorytmów cyfrowego przetwarzania, zaprojektowania systemu wizji maszynowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W06</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">K_U14, K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U08, K_U09, K_U10, K_U12, K_U13, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>