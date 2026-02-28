--- v0 (2025-12-26)
+++ v1 (2026-02-28)
@@ -753,51 +753,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08, K_U02, K_U09, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratoria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U01, K_U02, K_U03, K_U04, K_U07, K_U12</w:t>
+        <w:t xml:space="preserve">K_U07, K_U12, K_U13, K_U01, K_U02, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>