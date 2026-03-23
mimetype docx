--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -973,51 +973,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08, K_U02, K_U09, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U03, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>