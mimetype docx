--- v0 (2025-12-24)
+++ v1 (2026-02-04)
@@ -734,155 +734,155 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wpisz opis</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Student, który zaliczy przedmiot, będzie posiadał postawową wiedzę na temat zasad działania i realizacji układów i systemów elektronicznychwielkiej częstotliwościstosowanych we współczesnych bezprzewodowych systemach komunikacyjnych: parametrów i właściwości systemów Wielkiej częstotliwości, własciwości i parametrów elementów biernych w.cz., realizacji pasmowych i rezonansowych wzmacniaczy małych sygnałów, zasad działania i realizacji mieszaczy w.cz., zasad działania i realizacji wzmacniaczy moc</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena dwóch kolokwium z materiału wykładowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>