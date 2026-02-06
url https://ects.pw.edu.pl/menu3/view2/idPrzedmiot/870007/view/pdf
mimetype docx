--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1174,191 +1174,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sformułować warunki generacji na progu akcji laserowej oraz opisać akcję laserową ponad progiem generacji w przypadku pracy ciągłej oraz impulsowej (generacja impulsów gigantycznych oraz superkrótkich)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, raport z laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">określić strukturę modową w rezonatorach rożnego typu oraz zaprojektować prosty rezonator optyczny o pożądanych własnościach </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania, raport z laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U03</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>