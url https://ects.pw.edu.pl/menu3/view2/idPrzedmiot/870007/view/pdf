--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -744,621 +744,621 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W06, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na temat sposobów uzyskiwania wzmocnienia w różnego typu ośrodków aktywnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">na temat podstawowych zagadnień dotyczących akcji laserowej (tj. próg akcji laserowej, praca ciągła – nasycenie wzmocnienia i praca impulsowa – impulsy gigantyczne oraz superkrótkie impulsy, praca jedno- i wieloczęstotliwościowa – konkurencja międzymodowa)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">z teorii rezonatorów optycznych stosowanych w technice laserowej (rezonatory otwarte i falowodowe)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka LKP_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka LKP_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">na temat sposobów uzyskiwania wzmocnienia w różnego typu ośrodków aktywnych</w:t>
+        <w:t xml:space="preserve">z podstawowych technik laserowych wykorzystywanych do uzyskania pracy jednoczęstotliwościowej, impulsów gigantycznych oraz superkrótkich impulsów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka LKP_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sformułować warunki uzyskania wzmocnienia fali e.m. w trój- i czteropoziomowych układach kwantowych oraz opisać metody uzyskiwania inwersji obsadzeń w ośrodkach gazowych, cieczach oraz w ośrodkach ciała stałego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka LKP_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka LKP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">na temat podstawowych zagadnień dotyczących akcji laserowej (tj. próg akcji laserowej, praca ciągła – nasycenie wzmocnienia i praca impulsowa – impulsy gigantyczne oraz superkrótkie impulsy, praca jedno- i wieloczęstotliwościowa – konkurencja międzymodowa)</w:t>
+        <w:t xml:space="preserve">opisać mechanizmy prowadzące do poszerzenia krzywej wzmocnienia ośrodka aktywnego, identyfikować typy poszerzenia oraz opisać efekty oddziaływania fali e.m. z ośrodkami o rożnych typach poszerzenia krzywej wzmocnienia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka LKP_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka LKP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">z teorii rezonatorów optycznych stosowanych w technice laserowej (rezonatory otwarte i falowodowe)</w:t>
+        <w:t xml:space="preserve">sformułować warunki generacji na progu akcji laserowej oraz opisać akcję laserową ponad progiem generacji w przypadku pracy ciągłej oraz impulsowej (generacja impulsów gigantycznych oraz superkrótkich)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
+        <w:t xml:space="preserve">egzamin, raport z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02, K_W06</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka LKP_W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka LKP_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">z podstawowych technik laserowych wykorzystywanych do uzyskania pracy jednoczęstotliwościowej, impulsów gigantycznych oraz superkrótkich impulsów</w:t>
+        <w:t xml:space="preserve">określić strukturę modową w rezonatorach rożnego typu oraz zaprojektować prosty rezonator optyczny o pożądanych własnościach </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, kolokwium</w:t>
+        <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania, raport z laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W02</w:t>
-[...78 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">K_U03, K_U04</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">K_U04, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>