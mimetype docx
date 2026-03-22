--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -744,51 +744,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W06, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1104,51 +1104,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwium, zadania do samodzielnego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>