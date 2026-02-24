--- v0 (2025-11-03)
+++ v1 (2026-02-24)
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach. Udział w dyskusjach i elementach warsztatowych. Rozwiązywanie case study.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U05, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U02, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DPZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada elementarne umiejętności badawcze pozwalające dostrzec istniejące problem w odniesieniu do działania zespołów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>