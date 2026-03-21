--- v1 (2026-02-24)
+++ v2 (2026-03-21)
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach. Udział w dyskusjach i elementach warsztatowych. Rozwiązywanie case study.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U02, K_U05</w:t>
+        <w:t xml:space="preserve">K_U02, K_U05, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DPZ_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada elementarne umiejętności badawcze pozwalające dostrzec istniejące problem w odniesieniu do działania zespołów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1206,51 +1206,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej o zróżnicowanych pytaniach. Udział w dyskusjach i elementach warsztatowych. Rozwiązywanie case study.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K03, K_K07</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01, K_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>