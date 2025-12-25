--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -847,51 +847,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -927,67 +927,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09, K_U11, K_U12, K_U17, K_U18, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U11, K_U12, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Umie skutecznie wykorzystać metod analiz i symulacji statystycznych w odniesieniu do medycznych danych pomiarowych lub pochodzących z badań populacyjnych oraz skutecznie wykorzystać możliwości wybranego pakietu statystycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,67 +997,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U01, K_U03, K_U04, K_U07, K_U08, K_U09, K_U11, K_U17</w:t>
+        <w:t xml:space="preserve">K_U11, K_U17, K_U18, K_U01, K_U03, K_U04, K_U07, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wybrać metody analizy statystycznej dla pojedynczej zmiennej i wielu zmiennych oraz estymować parametry rozkładów i powiązań korzystając z opisu korelacyjnego, regresyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>