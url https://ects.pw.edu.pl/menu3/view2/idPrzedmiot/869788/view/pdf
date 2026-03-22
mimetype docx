--- v1 (2025-12-25)
+++ v2 (2026-03-22)
@@ -847,51 +847,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -927,67 +927,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U11, K_U12, K_U17, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U01, K_U08, K_U09, K_U11, K_U12, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Umie skutecznie wykorzystać metod analiz i symulacji statystycznych w odniesieniu do medycznych danych pomiarowych lub pochodzących z badań populacyjnych oraz skutecznie wykorzystać możliwości wybranego pakietu statystycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,67 +997,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U17, K_U18, K_U01, K_U03, K_U04, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U07, K_U08, K_U09, K_U11, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wybrać metody analizy statystycznej dla pojedynczej zmiennej i wielu zmiennych oraz estymować parametry rozkładów i powiązań korzystając z opisu korelacyjnego, regresyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1067,67 +1067,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U09, K_U11, K_U12, K_U17</w:t>
+        <w:t xml:space="preserve">K_U09, K_U11, K_U12, K_U17, K_U01, K_U03, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>