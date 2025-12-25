--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -1055,207 +1055,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaimplementować algorytmy filtracji i segmentacji w języku Java lub środowisku Matlab</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi dobrac parametry i przeprowadzić estymację przemieszczeń i odkształceń na podstawie danych ultradźwiękowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U11, K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_K01: </w:t>
       </w:r>
     </w:p>