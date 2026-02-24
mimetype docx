--- v1 (2025-12-25)
+++ v2 (2026-02-24)
@@ -835,237 +835,307 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody wizualizacji wolumetrycznych danych obrazowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody wizualizacji wolumetrycznych danych obrazowych</w:t>
+        <w:t xml:space="preserve">Zna metody estymacji prędkości i przemieszczeń stosowane w badaniach ultradźwiękowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody estymacji prędkości i przemieszczeń stosowane w badaniach ultradźwiękowych</w:t>
+        <w:t xml:space="preserve">Potrafi przeanalizować i dobrać odpowiednią metodę geometrycznego dopasowania danych tomograficznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeanalizować i dobrać odpowiednią metodę geometrycznego dopasowania danych tomograficznych </w:t>
+        <w:t xml:space="preserve">Potrafi zaimplementować algorytmy filtracji i segmentacji w języku Java lub środowisku Matlab</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1084,178 +1154,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ZTPDM_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ZTPDM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaimplementować algorytmy filtracji i segmentacji w języku Java lub środowisku Matlab</w:t>
+        <w:t xml:space="preserve">Potrafi dobrac parametry i przeprowadzić estymację przemieszczeń i odkształceń na podstawie danych ultradźwiękowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, I.P7S_UK, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_K01: </w:t>
       </w:r>
     </w:p>