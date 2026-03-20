--- v2 (2026-02-24)
+++ v3 (2026-03-20)
@@ -835,51 +835,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1195,67 +1195,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_K01: </w:t>
       </w:r>
     </w:p>