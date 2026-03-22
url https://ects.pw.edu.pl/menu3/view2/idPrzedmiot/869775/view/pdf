--- v3 (2026-03-20)
+++ v4 (2026-03-22)
@@ -975,51 +975,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1195,67 +1195,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U01, K_U07</w:t>
+        <w:t xml:space="preserve">K_U01, K_U07, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZTPDM_K01: </w:t>
       </w:r>
     </w:p>