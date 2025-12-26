--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -719,461 +719,461 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać dane z bioinformatycznych baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy przewidywania struktur cząsteczek i inne algorytmy optymalizujące procesy biologiczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać algorytmy pozyskiwania sekwencji biologicznych i algorytmy redukcji wymiarów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02</w:t>
+        <w:t xml:space="preserve">K_W02, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG</w:t>
-      </w:r>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wybrany algorytm bioinformatyczny do analizy danych oraz potrafi interpretować wyniki obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_U07, K_U08, K_U10, K_U17, K_U18, K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>