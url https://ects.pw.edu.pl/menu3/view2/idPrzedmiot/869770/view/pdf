--- v1 (2025-12-26)
+++ v2 (2026-02-24)
@@ -719,50 +719,190 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy przewidywania struktur cząsteczek i inne algorytmy optymalizujące procesy biologiczne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy pozyskiwania sekwencji biologicznych i algorytmy redukcji wymiarów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -914,266 +1054,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy przewidywania struktur cząsteczek i inne algorytmy optymalizujące procesy biologiczne</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wybrany algorytm bioinformatyczny do analizy danych oraz potrafi interpretować wyniki obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W02, K_W09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U07, K_U08, K_U10, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>