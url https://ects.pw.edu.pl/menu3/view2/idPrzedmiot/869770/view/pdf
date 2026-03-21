--- v2 (2026-02-24)
+++ v3 (2026-03-21)
@@ -719,50 +719,260 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać dane z bioinformatycznych baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W02, K_W09, K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy związane z badaniem profili genetycznych, badaniem pokrewieństw, badaniem mieszanin DNA</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08, K_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać algorytmy przewidywania struktur cząsteczek i inne algorytmy optymalizujące procesy biologiczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
@@ -844,336 +1054,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W02, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykorzystać algorytmy dla sekwencji biologicznych aby dostarczyć ich właściwości istotne m.in. dla biologii i medycynyce</w:t>
+        <w:t xml:space="preserve">Potrafi wykorzystać wybrany algorytm bioinformatyczny do analizy danych oraz potrafi interpretować wyniki obliczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">projekt realizowany w zespołach 2 lub 3 osobowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_U18, K_U01, K_U05, K_U07, K_U08, K_U10, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UK, III.P7S_UW.3.o, I.P7S_UU, I.P7S_UW, III.P7S_UW.4.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Wpisz opis: </w:t>
       </w:r>
     </w:p>