--- v0 (2025-12-26)
+++ v1 (2026-02-24)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie systemów stosowanych do badania czynności narządów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>