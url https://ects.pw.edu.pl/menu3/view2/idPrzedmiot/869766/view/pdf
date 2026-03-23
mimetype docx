--- v1 (2026-02-24)
+++ v2 (2026-03-23)
@@ -856,51 +856,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie systemów stosowanych do badania czynności narządów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -990,67 +990,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić wymagania dla toru wzmacniającego wybrany sygnał bioelektryczny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>