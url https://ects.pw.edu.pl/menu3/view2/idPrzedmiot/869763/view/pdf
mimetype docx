--- v0 (2025-11-02)
+++ v1 (2026-02-25)
@@ -827,67 +827,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U05, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UU, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka k1: </w:t>
       </w:r>
     </w:p>