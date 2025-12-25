--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -1122,51 +1122,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>