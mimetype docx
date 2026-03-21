--- v1 (2025-12-25)
+++ v2 (2026-03-21)
@@ -1122,51 +1122,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1202,67 +1202,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K03</w:t>
+        <w:t xml:space="preserve">K_K03, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w grupie, przyjmując w niej różne role</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>