--- v0 (2025-10-31)
+++ v1 (2025-12-26)
@@ -989,51 +989,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu programu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>