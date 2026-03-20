--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -1043,67 +1043,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi dobrać i zastosować wbudowane funkcje środowiska MATLAB oraz tworzyć nowe funkcje w celu realizacji postawionego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>