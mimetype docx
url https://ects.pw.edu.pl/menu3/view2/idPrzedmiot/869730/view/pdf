--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W13</w:t>
+        <w:t xml:space="preserve">K_W13, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat sposobów oceny systemów biometrycznych na trzech poziomach oceny wg ISO (ocena technologiczna, w scenariuszu oraz w warunkach operacyjnych) przy uwzględnieniu podstawowych metod oceny statystycznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1261,67 +1261,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria podpisu odręcznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U02, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać imitacje odcisków palca w celu oceny podatności przykładowych systemów komercyjnych a następnie dobrać parametry przykładowych metod testowania żywotności palca w celu oceny możliwości ochrony przed tego typu fałszerstwami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>