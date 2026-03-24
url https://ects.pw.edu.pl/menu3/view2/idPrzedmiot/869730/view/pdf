--- v1 (2026-02-25)
+++ v2 (2026-03-24)
@@ -1121,207 +1121,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria odcisku palca</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U06, K_U09, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar tęczówki, dokonać segmentacji obrazu, dobrać parametry wybranych metod kodowania tęczówki i ocenić skuteczność testowanych metod m.in. poprzez wykreślenie krzywych FAR i FRR oraz wyznaczenie wartości EER.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria tęczówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar tęczówki, dokonać segmentacji obrazu, dobrać parametry wybranych metod kodowania tęczówki i ocenić skuteczność testowanych metod m.in. poprzez wykreślenie krzywych FAR i FRR oraz wyznaczenie wartości EER.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiar podpisu odręcznego, wykonać fałszerstwa zaawansowane dla pozostałych uczestników ćwiczeń w celu oceny skuteczności przykładowego systemu rozpoznawania podpisu, potrafi dobrać parametry metod rozpoznawania podpisów odręcznych jak też ocenić ich skuteczność m.in. poprzez wykreślenie krzywych FAR i FRR oraz wyznaczenie wartości EER.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria tęczówki</w:t>
+        <w:t xml:space="preserve">Sprawozdanie z ćwiczenia laboratoryjnego pt. Biometria podpisu odręcznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02, K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać imitacje odcisków palca w celu oceny podatności przykładowych systemów komercyjnych a następnie dobrać parametry przykładowych metod testowania żywotności palca w celu oceny możliwości ochrony przed tego typu fałszerstwami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>