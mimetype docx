--- v0 (2025-10-31)
+++ v1 (2025-12-25)
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>