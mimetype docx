--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -830,67 +830,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena działań i przyczyn sukcesów w trakcie dyskusji na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W22, K_W23</w:t>
+        <w:t xml:space="preserve">K_W23, K_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WK.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_U01: </w:t>
       </w:r>
     </w:p>
@@ -1076,51 +1076,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K02, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KR, I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PWP_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość swojego potencjału, umie ocenić zachowanie rynku i podjąć właściwe kroki, umie swój projekt przedstawić w formie biznesplanu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>