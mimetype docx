--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U10, K_U15</w:t>
+        <w:t xml:space="preserve">K_U15, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [T1A_K06: </w:t>
       </w:r>
     </w:p>