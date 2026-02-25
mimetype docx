--- v1 (2025-12-25)
+++ v2 (2026-02-25)
@@ -855,51 +855,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U15, K_U08, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [T1A_K06: </w:t>
       </w:r>
     </w:p>