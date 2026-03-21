--- v2 (2026-02-25)
+++ v3 (2026-03-21)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U15, K_U08, K_U10</w:t>
+        <w:t xml:space="preserve">K_U08, K_U10, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka [T1A_K06: </w:t>
       </w:r>
     </w:p>