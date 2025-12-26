--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -824,51 +824,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, sprawozdania z ćwiczeń laboratoryjnych: ultrasonografia i scyntygrafia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W16, K_W14</w:t>
+        <w:t xml:space="preserve">K_W14, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1200,51 +1200,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>