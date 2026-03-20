--- v1 (2025-12-26)
+++ v2 (2026-03-20)
@@ -1130,121 +1130,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U13, K_U16, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi otrzymywać obrazy NMR z różnymi sekwencjami pomiarowymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Raport z ćwiczenia laboratoryjnego pod tytułem </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>