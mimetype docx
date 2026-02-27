--- v0 (2025-12-25)
+++ v1 (2026-02-27)
@@ -1067,51 +1067,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U01, K_U03, K_U08, K_U09, K_U11, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U09, K_U11, K_U12, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>