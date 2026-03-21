--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -777,341 +777,341 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W11, K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna  podstawowe pojęcia, procesy i sposoby analiz oraz symulacji w odniesieniu do  ilościowych i jakościowych danych pochodzących z badań (klinicznych, epidemicznych/populacyjnych), z procesów diagnozy oraz wyników z medycznych pomiarów wykonanych sprzętowo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W09, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna  podstawowe pojęcia, procesy i sposoby analiz oraz symulacji w odniesieniu do  ilościowych i jakościowych danych pochodzących z badań (klinicznych, epidemicznych/populacyjnych), z procesów diagnozy oraz wyników z medycznych pomiarów wykonanych sprzętowo.</w:t>
+        <w:t xml:space="preserve">potrafi ocenić jakość zgromadzonych danych, miar powiązań oraz estymowanych parametrów modeli w opisie zjawisk dla populacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwia, projekt</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W09, K_W11</w:t>
+        <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U11, K_U12, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi ocenić jakość zgromadzonych danych, miar powiązań oraz estymowanych parametrów modeli w opisie zjawisk dla populacji</w:t>
+        <w:t xml:space="preserve"> Umie skutecznie wykorzystać metod analiz i symulacji statystycznych w odniesieniu do medycznych danych pomiarowych lub pochodzących z badań populacyjnych oraz skutecznie wykorzystać możliwości wybranego pakietu statystycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U08, K_U09, K_U11, K_U12, K_U17, K_U18</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U07, K_U08, K_U09, K_U11, K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Umie skutecznie wykorzystać metod analiz i symulacji statystycznych w odniesieniu do medycznych danych pomiarowych lub pochodzących z badań populacyjnych oraz skutecznie wykorzystać możliwości wybranego pakietu statystycznego.</w:t>
+        <w:t xml:space="preserve">potrafi wybrać metody analizy statystycznej dla pojedynczej zmiennej i wielu zmiennych oraz estymować parametry rozkładów i powiązań korzystając z opisu korelacyjnego, regresyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">projekt, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U07, K_U08, K_U09, K_U11, K_U17, K_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K_U01, K_U03, K_U08, K_U09, K_U11, K_U12, K_U17</w:t>
+        <w:t xml:space="preserve">K_U11, K_U12, K_U17, K_U01, K_U03, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>