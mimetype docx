--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U16, K_U18, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U11, K_U16, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>