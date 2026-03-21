--- v1 (2026-02-28)
+++ v2 (2026-03-21)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej lub pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11, K_W01</w:t>
+        <w:t xml:space="preserve">K_W01, K_W10, K_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>