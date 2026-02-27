--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -971,67 +971,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U10, K2_U13</w:t>
+        <w:t xml:space="preserve">K2_U13, K2_U06, K2_U07, K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracomać model optymalizacyjny wspomagający wybrane obszary zarządzania przedsiębiorstwem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>