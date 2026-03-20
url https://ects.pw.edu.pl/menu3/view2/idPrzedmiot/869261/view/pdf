--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -987,51 +987,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U13, K2_U06, K2_U07, K2_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UO, III.P7S_UW.4.o, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracomać model optymalizacyjny wspomagający wybrane obszary zarządzania przedsiębiorstwem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>