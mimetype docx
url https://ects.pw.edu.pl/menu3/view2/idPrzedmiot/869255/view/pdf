--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -907,51 +907,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Analizowanie treści aktów prawnych. Rozwiązywanie kazusów na zajęciach, w ramach pracy własnej albo na egzaminie , a także prezentowanie swoich przemyśleń w ramach kontaktów z prowadzącym zajęcia. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W10, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W08, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, III.P7S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1062,51 +1062,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i
 samodzielnie, a także prezentacja wyników na
 zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U01, K2_U02, K1_U03</w:t>
+        <w:t xml:space="preserve">K2_U02, K1_U03, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1234,51 +1234,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K02, K2_K05, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>