--- v1 (2026-02-27)
+++ v2 (2026-03-21)
@@ -1062,51 +1062,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozwiązywanie zadań na zajęciach i
 samodzielnie, a także prezentacja wyników na
 zajęciach. Analizowanie treści aktów prawnych
 na zajęciach i samodzielnie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U02, K1_U03, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1234,51 +1234,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K02, K2_K05, K1_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PADUZ_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>