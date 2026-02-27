--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -744,67 +744,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W02, K2_W03, K2_W04, K2_W07, K2_W09, K1_W01</w:t>
+        <w:t xml:space="preserve">K2_W07, K2_W09, K1_W01, K2_W02, K2_W03, K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_U01, T2A_U02, T2A_U05, T2A_U08, T2A_U10, T2A_U12, T2A_U15, T2A_U16, T2A_U18, : </w:t>
       </w:r>
     </w:p>
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U12, K2_U14, K1_U02, K1_U03, K2_U01, K2_U07, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U07, K2_U08, K2_U09, K2_U11, K2_U12, K2_U14, K1_U02, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UK, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka T2A_K04, T2A_K06: </w:t>
       </w:r>
     </w:p>