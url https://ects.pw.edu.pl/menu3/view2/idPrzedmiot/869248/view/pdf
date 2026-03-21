--- v0 (2026-02-27)
+++ v1 (2026-03-21)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W03, K2_W04, K2_W07, K1_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna współczesne trendy w rozwoju systemów zarządzania bazami danych, w tym bazy danych w modelach obiektowych i no-SQL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -974,207 +974,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie zadań laboratoryjnych polegających na zaprojektowaniu, uruchomieniu i przetestowaniu wybranej bazy danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U08, K2_U09, K2_U11</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U11, K2_U06, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_U_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie zbadać nowe środowisko nierelacyjnej bazy danych, zaproponować eksperymentalne rozwiązanie testujące to środowisko oraz sformułować wnioski badawcze oraz ocenić potencjalne możliwości zastosowań i rozwoju badanego środowiska wykorzystując przy tym źródła literaturowe w języku angielskim m.in. artykuły z prasy fachowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie badawcze na temat wybranego nierelacyjnego środowiska baz danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U01, K2_U03, K2_U04, K2_U05, K2_U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZBD_U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować eksperyment weryfikujący wiadomości z teorii baz danych np. potrafi sprawdzić wpływ czasu wykonania zapytań na stosowanie indeksów lub dobór poziomów izolacji transakcji</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Opracowanie i wykonanie eksperymentów laboratoryjnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U08, K2_U09, K2_U11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZBD_KS_01: </w:t>
       </w:r>
     </w:p>