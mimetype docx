--- v0 (2025-12-24)
+++ v1 (2026-02-27)
@@ -886,67 +886,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena sprawdzianów i realizacji projektu, a także rozwiązań zadań na egzaminie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U14, K1_U03, K2_U01, K2_U04, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U04, K2_U06, K2_U09, K2_U14, K1_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.4.o, III.P7S_UW.1.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IT_K1: </w:t>
       </w:r>
     </w:p>