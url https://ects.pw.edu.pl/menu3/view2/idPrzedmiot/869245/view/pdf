--- v1 (2026-02-27)
+++ v2 (2026-03-20)
@@ -806,51 +806,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena sprawdzianów i egzaminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W06</w:t>
+        <w:t xml:space="preserve">K2_W06, K2_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>