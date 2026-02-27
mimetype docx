--- v0 (2025-11-04)
+++ v1 (2026-02-27)
@@ -838,71 +838,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STP_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Znajomość zaawansowanych metod syntezy układów regulacji (procesów dyskretnych): algorytmy regulacji predykcyjnej DMC i GPC, algorytmy regulacji rozmytej (rozmyty algorytm PID, rozmyty algorytm ze sprzężeniem od stanu, rozmyte algorytmy regulacji predykcyjnej).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka STP_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka STP_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość zaawansowanych metod syntezy układów regulacji (procesów dyskretnych): algorytmy regulacji predykcyjnej DMC i GPC, algorytmy regulacji rozmytej (rozmyty algorytm PID, rozmyty algorytm ze sprzężeniem od stanu, rozmyte algorytmy regulacji predykcyjnej).</w:t>
+        <w:t xml:space="preserve">Znajomość metod wielokryterialnej oceny jakości regulacji układu regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -921,468 +991,398 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka STP_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka STP_W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość metod wielokryterialnej oceny jakości regulacji układu regulacji.</w:t>
+        <w:t xml:space="preserve">Znajomość programów komputerowych służących do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekty</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STP_U01: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność konwersji najważniejszych klas modeli dynamicznych (przejście od modelu w przestrzeni stanu do modelu transmitancyjnego i odwrotnie, dyskretyzacja modeli ciągłych).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03, K_W06</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka STP_W05: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STP_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Znajomość programów komputerowych służących do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink).</w:t>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania podstawowych układów regulacji (zarówno procesów ciągłych jak i dyskretnych): regulator PID i jego modyfikacje, regulator ze sprzężeniem od stanu, umiejętność zaprojektowania obserwatorów stanu pełnego i zredukowanego rzędu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekty</w:t>
+        <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W06</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka STP_U01: </w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STP_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność konwersji najważniejszych klas modeli dynamicznych (przejście od modelu w przestrzeni stanu do modelu transmitancyjnego i odwrotnie, dyskretyzacja modeli ciągłych).</w:t>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania zaawansowanych układów regulacji (procesów dyskretnych): algorytmy regulacji predykcyjnej DMC i GPC, algorytmy regulacji rozmytej (rozmyty algorytm PID, rozmyty algorytm ze sprzężeniem od stanu, rozmyte algorytmy regulacji predykcyjnej).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka STP_U02: </w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka STP_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność zaprojektowania podstawowych układów regulacji (zarówno procesów ciągłych jak i dyskretnych): regulator PID i jego modyfikacje, regulator ze sprzężeniem od stanu, umiejętność zaprojektowania obserwatorów stanu pełnego i zredukowanego rzędu.</w:t>
+        <w:t xml:space="preserve">Umiejętność wielokryterialnej oceny jakości regulacji układu regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, projekty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka STP_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność posługiwania się programami komputerowymi służącymi do projektowania i symulacji algorytmów regulacji (np. Matlab/Simulink), umiejętność napisania własnych programów do symulacji dyskretnych algorytmów regulacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>