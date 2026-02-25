--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -761,51 +761,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W10, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W05, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, I.P6S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1197,51 +1197,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, laboratorium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1288,51 +1288,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka APA_K01: </w:t>
       </w:r>
     </w:p>