--- v1 (2026-02-25)
+++ v2 (2026-03-20)
@@ -1213,51 +1213,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka APA_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do
 rozwiązania prostego zadania inżynierskiego o charakterze praktycznym,
 charakterystycznego dla automatyki i robotyki oraz wybrać i zastosować
 właściwą metodę i narzędzia.
 </w:t>
       </w:r>
@@ -1272,67 +1272,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, laboratorium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U10, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka APA_K01: </w:t>
       </w:r>
     </w:p>