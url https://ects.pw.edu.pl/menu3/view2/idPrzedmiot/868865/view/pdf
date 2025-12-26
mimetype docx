--- v0 (2025-11-06)
+++ v1 (2025-12-26)
@@ -1258,67 +1258,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty 1..3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U21, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaproponować rozwiązanie nietrywialnego problemu algorytmicznego wykorzystując środki obiektowe języka C++ i jego biblioteki standardowej oraz zaplanować testy programu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1398,67 +1398,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty 1..3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U21, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przestrzegać przyjętego stylu dokumentowania i kodowania programów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1538,67 +1538,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U10, K_U21, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_K01: </w:t>
       </w:r>
     </w:p>