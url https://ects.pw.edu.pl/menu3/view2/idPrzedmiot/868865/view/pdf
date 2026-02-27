--- v1 (2025-12-26)
+++ v2 (2026-02-27)
@@ -1188,417 +1188,417 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty 1..3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U10, K_U07, K_U21</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PROI_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zmodyfikować istniejącą klasę (np. biblioteczną) przez zastosowanie dziedziczenia i podmiany funkcji wirtualnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekty 1..3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PROI_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PROI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zmodyfikować istniejącą klasę (np. biblioteczną) przez zastosowanie dziedziczenia i podmiany funkcji wirtualnych</w:t>
+        <w:t xml:space="preserve">potrafi zaproponować rozwiązanie nietrywialnego problemu algorytmicznego wykorzystując środki obiektowe języka C++ i jego biblioteki standardowej oraz zaplanować testy programu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekty 1..3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U07, K_U10, K_U21, K_U01, K_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PROI_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi krytycznie ocenić rozwiązanie proceduralne problemu algorytmicznego i zaproponować lepsze rozwiązanie obiektowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekty 1..3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U21, K_U01, K_U02, K_U07, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PROI_U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przestrzegać przyjętego stylu dokumentowania i kodowania programów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekty 1..3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PROI_U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PROI_U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaproponować rozwiązanie nietrywialnego problemu algorytmicznego wykorzystując środki obiektowe języka C++ i jego biblioteki standardowej oraz zaplanować testy programu</w:t>
+        <w:t xml:space="preserve">potrafi opracować klarowne sprawozdanie z wykonanego projektu programistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekty 1..3</w:t>
+        <w:t xml:space="preserve">projekt 3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U07, K_U10, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U01, K_U02, K_U07, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...209 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PROI_K01: </w:t>
       </w:r>
     </w:p>