--- v0 (2025-11-02)
+++ v1 (2025-12-25)
@@ -1073,51 +1073,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U07, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kodowanie algorytmów z zastosowaniem języka C, projektowanie, kodowanie, uruchamianie i testowanie prostych programów aplikacyjnych (tryb tekstowy) z zastosowaniem języka C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>