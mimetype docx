--- v1 (2025-12-25)
+++ v2 (2026-03-20)
@@ -1057,67 +1057,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia, zadania laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U07, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRI_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kodowanie algorytmów z zastosowaniem języka C, projektowanie, kodowanie, uruchamianie i testowanie prostych programów aplikacyjnych (tryb tekstowy) z zastosowaniem języka C</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>