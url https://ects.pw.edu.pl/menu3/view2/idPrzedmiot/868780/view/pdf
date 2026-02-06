--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -813,51 +813,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona pracy projektowej/badawczej. Wymaganajest poprawna realizacja przynajmniejpodstawowych (zasadniczych) elementówanalizowanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U22, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U20, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>