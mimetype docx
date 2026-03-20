--- v1 (2026-02-06)
+++ v2 (2026-03-20)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obrona pracy projektowej/badawczej. Wymaganajest poprawna realizacja przynajmniejpodstawowych (zasadniczych) elementówanalizowanego projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U20, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U01, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>