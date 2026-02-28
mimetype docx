--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U03, Tr1A_U18, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>