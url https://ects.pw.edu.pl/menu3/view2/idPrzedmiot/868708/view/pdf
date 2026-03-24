--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -12,1275 +12,1275 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Budowa i eksploatacja pojazdów samochodowych II</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">mgr inż. Jerzy R. Bogdański, st.wykł., Wydział Transportu Politechniki Warszawskiej, Zakład Eksploatacji i Utrzymania Pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">First cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Transport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Specjalnościowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">TR.NIP718</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">7 / rok ak. 2019/2020</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">80 godz., w tym: ćwiczenia laboratoryjne 18 godz., studiowanie literatury w zakresie zajęć laboratoryjnych 20 godz., konsultacje 4 godz., opracowanie sprawozdania 26 godz., przygotowanie do  sprawdzianów z zajęć laboratoryjnych 12 godz.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,0 pkt ECTS (22 godz., w tym: ćwiczenia laboratoryjne 18 godz., konsultacje 4 godz.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3,0 pkt ECTS (80 godz., w tym: ćwiczenia laboratoryjne 18 godz., studiowanie literatury w zakresie zajęć laboratoryjnych 20 godz., konsultacje 4 godz., opracowanie sprawozdania 26 godz., przygotowanie do  sprawdzianów z zajęć laboratoryjnych 12 godz.) 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">- podstawy zapisu konstrukcji,
 - podstawy mechaniki ruchu pojazdu,
  - podstawy zasad budowy maszyn,
 - podstawy budowy pojazdów
 - zaliczony przedmiot TRPS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Maksimum 12 osób w zespole.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">- zapoznać z metodami oceny stanu technicznego pojazdów,
 - zapoznać z wyposażeniem technicznym stacji diagnostycznych i warsztatów    samochodowych.  
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1.	Budowa silnika spalinowego ocena jego stanu oraz pomiary parametrów diagnostycznych w stanie nieobciążonym.
 2.	Budowa układu napędowego samochodu, ocena jego stanu oraz pomiar oporów własnych i mocy na kołach.
 3.	Budowa układu kierowniczego samochodu, ocena jego stanu oraz pomiar kątów ustawienia kół jezdnych.
 4.	Budowa układu hamulcowego samochodu, ocena jego stanu oraz ocena skuteczności działania.
 5.	Budowa koła ogumionego samochodu, ocena jego stanu oraz usuwanie niewyważenia.
 6.	Budowa układu zawieszenia samochodu, ocena jego stanu oraz pomiary parametrów tłumienia zawieszenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 50% odpowiedzi na 2 lub 3 pytania do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">no</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1) Jackowski J., Łęgiewicz J., Wieczorek M.: Samochody osobowe i pochodne. WKŁ. Warszawa 2011;
 2) Orzełowski S.: Budowa podwozi i nadwozi samochodowych. WSIP 2009;
 3) Gabryelewicz M. Podwozia i nadwozia pojazdów samochodowych. 1, Podstawy teorii ruchu i eksploatacji oraz układ przeniesienia napędu. WKŁ. Warszawa 2011;
 4) Gabryelewicz M. Podwozia i nadwozia pojazdów samochodowych. 2, Układy hamulcowy i kierowniczy, zawieszenie oraz nadwozie. WKŁ. Warszawa 2011;
 5) Praca zbiorowa (red. Z. Lozia): Diagnostyka samochodowa. Laboratorium. Oficyna Wydawnicza Politechniki Warszawskiej. Warszawa 2015; 
 6) Bocheński C., Bogus St., Damm A., Lozia Z. Turek L.: Badania kontrolne samochodów. WKŁ. Warszawa 2000; 
 7) Trzeciak K.: Diagnostyka samochodów osobowych. WKŁ. Warszawa 2010; 
 8) Sitek K., Syta S.: Badania stanowiskowe i diagnostyka, WKŁ, Warszawa 2011.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">www.wt.pw.edu.pl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">O ile nie powoduje to zmian w zakresie powiązań danego modułu zajęć z kierunkowymi efektami kształcenia w treściach kształcenia mogą być wprowadzane na bieżąco zmiany związane z uwzględnieniem najnowszych osiągnięć naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody oceny stanu technicznego pojazdów samochodowych</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna wyposażenie stacji diagnostycznej </w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>General academic profile - skils</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie budowy pojazdów samochodowych</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować słownictwo techniczne z zakresu budowy pojazdów</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować się do zajęć oraz zreferować wymagane zagadnienia z dziedziny budowy i eksploatacji pojazdów </w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonywać i interpretować wyniki podstawowych pomiarów wykonywanych w procesie diagnozowania pojazdów</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U03, Tr1A_U18, Tr1A_U17</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.3.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
+        <w:t xml:space="preserve">...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...78 lines deleted...]
-        <w:t xml:space="preserve">Ocena sprawozdania z ćwiczeń.</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>