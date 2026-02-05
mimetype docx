--- v0 (2025-12-25)
+++ v1 (2026-02-05)
@@ -1250,67 +1250,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z przygotowanej prezentacji oraz sposobu jej wygłoszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U17, Tr1A_U08, Tr1A_U01, Tr1A_U25, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U01, Tr1A_U25, Tr1A_U18, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>