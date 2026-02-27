--- v1 (2026-02-05)
+++ v2 (2026-02-27)
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25, Tr1A_U17, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  przygotować  i wygłosić prezentację na temat naprawy wybranego elementu pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1250,51 +1250,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena z przygotowanej prezentacji oraz sposobu jej wygłoszenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U01, Tr1A_U25, Tr1A_U18, Tr1A_U17</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U18, Tr1A_U17, Tr1A_U08, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>