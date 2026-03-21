--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -960,51 +960,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08, Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06, Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1196,51 +1196,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U25, Tr1A_U17, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  przygotować  i wygłosić prezentację na temat naprawy wybranego elementu pojazdu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>