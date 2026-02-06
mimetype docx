--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -1244,67 +1244,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagania minimalne - zna podstawowe wielkości mechaniczne wykorzystywane w technice. 
 Weryfikacja na podstawie pytań otwartych z zakresu pomiaru wielkości mechanicznych, układów pomiarowych i wykorzystywanych do tego narzędzi, 
 Na zaliczenie wymagane jest uzyskanie 60% poprawnych odpowiedzi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U21, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>