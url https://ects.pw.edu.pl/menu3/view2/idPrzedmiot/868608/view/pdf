--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1172,67 +1172,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagania minimalne - zna pojęcie eksperymentu. 
 Weryfikacja na podstawie pytań otwartych z sposobów i metod realizacji eksperymentów, technik informacyjno komunikacyjnych związanych z realizacją eksperymentów. 
 Na zaliczenie wymagane jest uzyskanie 60 % poprawnych odpowiedzi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U08, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wybrać i zastosować metodę oraz układ pomiarowy, odpowiednio do mierzonych w badanym układzie wielkości mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1244,67 +1244,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymagania minimalne - zna podstawowe wielkości mechaniczne wykorzystywane w technice. 
 Weryfikacja na podstawie pytań otwartych z zakresu pomiaru wielkości mechanicznych, układów pomiarowych i wykorzystywanych do tego narzędzi, 
 Na zaliczenie wymagane jest uzyskanie 60% poprawnych odpowiedzi. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U21, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i przeprowadzić eksperyment, opracować wyniki i oszacować błędy pomiarowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>