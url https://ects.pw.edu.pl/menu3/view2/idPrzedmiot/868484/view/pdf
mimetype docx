--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemne (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1172,67 +1172,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwium pisemne (zadania obliczeniowe). Ćwiczenia projektowe – obrona projektu. Wymagane jest uzyskanie przynajmniej połowy punktów przyznawanych za kolokwium pisemne na ćwiczeniach oraz obrona projektu na ocenę co najmniej dostateczną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U19</w:t>
+        <w:t xml:space="preserve">Tr1A_U19, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zwymiarować procesy przepływu ładunków dla ukształtowanego prostego systemu logistycznego i sformułowanego dla niego zadania logistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>