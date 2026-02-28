--- v1 (2025-12-25)
+++ v2 (2026-02-28)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemne (pytania otwarte lub testowe w zależności od formy nauczania). Wymaganie jest uzyskanie połowy możliwych do uzyskania punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>