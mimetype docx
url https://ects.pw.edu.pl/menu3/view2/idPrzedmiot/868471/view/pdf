--- v0 (2025-10-15)
+++ v1 (2025-12-26)
@@ -913,51 +913,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować zabezpieczenie ładunku na czas przewozu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>