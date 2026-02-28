--- v1 (2025-12-26)
+++ v2 (2026-02-28)
@@ -897,67 +897,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena pracy projektowej w zakresie zaprojektowanych jednostek ładunkowych i rozmieszczenia ładunku w pojeździe. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować zabezpieczenie ładunku na czas przewozu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>