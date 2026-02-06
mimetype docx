--- v0 (2025-12-25)
+++ v1 (2026-02-06)
@@ -821,51 +821,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1111,67 +1111,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U09, Tr1A_U17, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U17, Tr1A_U18, Tr1A_U03, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UK, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>