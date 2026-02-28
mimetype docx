--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -1127,51 +1127,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U17, Tr1A_U18, Tr1A_U03, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, I.P6S_UK, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, I.P6S_UK, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1181,67 +1181,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U09, Tr1A_U17, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U03, Tr1A_U09, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi współdziałać w zespole podczas zajęć oraz przy wykonywaniu sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>