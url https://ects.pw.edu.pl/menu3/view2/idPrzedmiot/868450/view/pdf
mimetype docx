--- v0 (2025-12-25)
+++ v1 (2026-02-28)
@@ -1246,67 +1246,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia audytoryjne: część dotycząca obliczenia zdolności przepustowej odcinków, wymagane jest prawidłowe obliczenie zdolności przepustowej odcinków,
 ćwiczenia projektowe: część dotycząca obliczenia zdolności przewozowej odcinków linii dla założonej liczby pociągów, obliczenia liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i czasu pracy w dobie, obliczenia dobowego przebiegu pojazdów trakcyjnych oraz ich liczby godzin pracy w dobie, obliczenia liczby pojazdów trakcyjnych i drużyn trakcyjnych niezbędnych do obsłużenia umieszczonych na wykresie ruchu tras pociągów klas INTER i AGLO oraz obliczenia liczby drużyn konduktorskich niezbędnych do obsłużenia pociągów wymienionych klas, wymagane jest prawidłowe obliczenie zdolności przewozowej odcinków linii dla założonej liczby pociągów, prawidłowe obliczenie liczby składów pociągów potrzebnych do wykonania zadań, liczby pojazdów w składzie i planie obiegu oraz ich dobowego przebiegu i </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U03, Tr1A_U18, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U01, Tr1A_U03, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">