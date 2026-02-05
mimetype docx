--- v0 (2025-12-27)
+++ v1 (2026-02-05)
@@ -740,51 +740,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -810,51 +810,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>