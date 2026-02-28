--- v1 (2026-02-05)
+++ v2 (2026-02-28)
@@ -740,51 +740,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1170,51 +1170,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane – przykłady obliczeniowe)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U20, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U24, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>